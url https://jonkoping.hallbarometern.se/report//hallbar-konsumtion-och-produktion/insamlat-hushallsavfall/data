--- v0 (2025-10-29)
+++ v1 (2026-02-10)
@@ -9,86 +9,80 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Sign</t>
   </si>
   <si>
     <t>Measure area</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
-    <t>Mål 169. Insamlat hushållsavfall</t>
+    <t>Mål 169. Mat- och restavfall</t>
   </si>
   <si>
     <t>SE.12.169</t>
   </si>
   <si>
     <t>Jönköping</t>
   </si>
   <si>
     <t>Alla kommuner (ovägt medel)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Större stad (ovägt medel)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -399,1116 +393,596 @@
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" topLeftCell="A1" zoomScaleNormal="100" zoomScaleSheetLayoutView="60" zoomScale="100" view="normal"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="34.85156" customWidth="1"/>
+    <col min="1" max="1" width="30.28125" customWidth="1"/>
     <col min="2" max="2" width="11.14063" customWidth="1"/>
-    <col min="3" max="3" width="45.28125" customWidth="1"/>
+    <col min="3" max="3" width="32.85156" customWidth="1"/>
     <col min="4" max="4" width="12.71094" customWidth="1"/>
     <col min="5" max="5" width="6.140625" customWidth="1"/>
     <col min="6" max="6" width="12.85156" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customFormat="true" s="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="2">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="E2" s="3">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="F2">
-        <v>532.418713</v>
+        <v>210</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="2">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="E3" s="3">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="F3">
-        <v>498.04</v>
+        <v>210</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="2">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="E4" s="3">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="F4">
-        <v>516</v>
+        <v>210</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="2">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="E5" s="3">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="F5">
-        <v>531</v>
+        <v>207</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>7</v>
       </c>
       <c r="C6" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="2">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="E6" s="3">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="F6">
-        <v>532</v>
+        <v>210</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="2">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="E7" s="3">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="F7">
-        <v>491</v>
+        <v>202</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>7</v>
       </c>
       <c r="C8" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="2">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="E8" s="3">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="F8">
-        <v>480</v>
+        <v>198</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>6</v>
       </c>
       <c r="B9" t="s">
         <v>7</v>
       </c>
       <c r="C9" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="2">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="E9" s="3">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="F9">
-        <v>467</v>
+        <v>183</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>7</v>
       </c>
       <c r="C10" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="2">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="E10" s="3">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="F10">
-        <v>467</v>
+        <v>184</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>7</v>
       </c>
       <c r="C11" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="2">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="E11" s="3">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F11">
-        <v>571</v>
+        <v>183</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>6</v>
       </c>
       <c r="B12" t="s">
         <v>7</v>
       </c>
       <c r="C12" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="2">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="E12" s="3">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="F12">
-        <v>493</v>
+        <v>176</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>6</v>
       </c>
       <c r="B13" t="s">
         <v>7</v>
       </c>
       <c r="C13" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="2">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="E13" s="3">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="F13">
-        <v>461</v>
+        <v>168</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
         <v>7</v>
       </c>
       <c r="C14" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="2">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="E14" s="3">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="F14">
-        <v>421</v>
+        <v>171</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" t="s">
         <v>7</v>
       </c>
       <c r="C15" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="2">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="E15" s="3">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="F15">
-        <v>522.488241</v>
+        <v>218.485944</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
         <v>7</v>
       </c>
       <c r="C16" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="2">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="E16" s="3">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="F16">
-        <v>525.083964</v>
+        <v>217.697318</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>6</v>
       </c>
       <c r="B17" t="s">
         <v>7</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="2">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="E17" s="3">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="F17">
-        <v>519.068548</v>
+        <v>216.662921</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="2">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="E18" s="3">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="F18">
-        <v>520.264228</v>
+        <v>214.523810</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
         <v>7</v>
       </c>
       <c r="C19" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="2">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="E19" s="3">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="F19">
-        <v>527.267176</v>
+        <v>213.597744</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20" t="s">
         <v>7</v>
       </c>
       <c r="C20" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="2">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="E20" s="3">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="F20">
-        <v>517.618677</v>
+        <v>207.832714</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>6</v>
       </c>
       <c r="B21" t="s">
         <v>7</v>
       </c>
       <c r="C21" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="2">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="E21" s="3">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="F21">
-        <v>514.884921</v>
+        <v>203.838346</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>6</v>
       </c>
       <c r="B22" t="s">
         <v>7</v>
       </c>
       <c r="C22" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="2">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="E22" s="3">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="F22">
-        <v>498.924</v>
+        <v>199.334601</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
         <v>7</v>
       </c>
       <c r="C23" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="2">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="E23" s="3">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="F23">
-        <v>502.941860</v>
+        <v>192.033333</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
         <v>7</v>
       </c>
       <c r="C24" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="2">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="E24" s="3">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F24">
-        <v>516.866412</v>
+        <v>189.847273</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
         <v>7</v>
       </c>
       <c r="C25" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="2">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="E25" s="3">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="F25">
-        <v>495.550186</v>
+        <v>185.189474</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
         <v>7</v>
       </c>
       <c r="C26" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="2">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="E26" s="3">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="F26">
-        <v>466.210909</v>
+        <v>180.062069</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>6</v>
       </c>
       <c r="B27" t="s">
         <v>7</v>
       </c>
       <c r="C27" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="2">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="E27" s="3">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="F27">
-        <v>450.277193</v>
-[...519 lines deleted...]
-        <v>409.521739</v>
+        <v>178.098246</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>