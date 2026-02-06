--- v0 (2025-10-17)
+++ v1 (2026-02-06)
@@ -9,86 +9,80 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Sign</t>
   </si>
   <si>
     <t>Measure area</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Mål 168. Materialåtervinning</t>
   </si>
   <si>
     <t>SE.12.168</t>
   </si>
   <si>
     <t>Jönköping</t>
   </si>
   <si>
     <t>Alla kommuner (ovägt medel)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Större stad (ovägt medel)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -401,51 +395,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" topLeftCell="A1" zoomScaleNormal="100" zoomScaleSheetLayoutView="60" zoomScale="100" view="normal"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="31.71094" customWidth="1"/>
     <col min="2" max="2" width="11.14063" customWidth="1"/>
-    <col min="3" max="3" width="45.28125" customWidth="1"/>
+    <col min="3" max="3" width="32.85156" customWidth="1"/>
     <col min="4" max="4" width="12.71094" customWidth="1"/>
     <col min="5" max="5" width="6.140625" customWidth="1"/>
     <col min="6" max="6" width="11.71094" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customFormat="true" s="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
@@ -1035,640 +1029,60 @@
       </c>
       <c r="B31" t="s">
         <v>7</v>
       </c>
       <c r="C31" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="2">
         <v>45291</v>
       </c>
       <c r="E31" s="3">
         <v>2023</v>
       </c>
       <c r="F31">
         <v>38.362676</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>6</v>
       </c>
       <c r="B32" t="s">
         <v>7</v>
       </c>
       <c r="C32" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D32" s="2">
-        <v>39813</v>
+        <v>45657</v>
       </c>
       <c r="E32" s="3">
-        <v>2008</v>
+        <v>2024</v>
       </c>
       <c r="F32">
-        <v>32</v>
-[...579 lines deleted...]
-        <v>42.304348</v>
+        <v>39.446768</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>