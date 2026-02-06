--- v0 (2025-10-18)
+++ v1 (2026-02-06)
@@ -35,54 +35,54 @@
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Sign</t>
   </si>
   <si>
     <t>Measure area</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Mål 2. Ungdomar som äter frukost varje dag</t>
   </si>
   <si>
     <t>SE.2.2b</t>
   </si>
   <si>
+    <t>Total</t>
+  </si>
+  <si>
     <t>Tjejer åk 9</t>
-  </si>
-[...1 lines deleted...]
-    <t>Total</t>
   </si>
   <si>
     <t>Killar åk 9</t>
   </si>
   <si>
     <t>Tjejer gy 2</t>
   </si>
   <si>
     <t>Killar gy 2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
@@ -447,231 +447,231 @@
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="2">
         <v>41639</v>
       </c>
       <c r="E2" s="3">
         <v>2013</v>
       </c>
       <c r="F2">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="2">
         <v>41639</v>
       </c>
       <c r="E3" s="3">
         <v>2013</v>
       </c>
       <c r="F3">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D4" s="2">
         <v>42369</v>
       </c>
       <c r="E4" s="3">
         <v>2015</v>
       </c>
       <c r="F4">
         <v>62</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D5" s="2">
         <v>42369</v>
       </c>
       <c r="E5" s="3">
         <v>2015</v>
       </c>
       <c r="F5">
         <v>61</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>7</v>
       </c>
       <c r="C6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D6" s="2">
         <v>43100</v>
       </c>
       <c r="E6" s="3">
         <v>2017</v>
       </c>
       <c r="F6">
         <v>55</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D7" s="2">
         <v>43100</v>
       </c>
       <c r="E7" s="3">
         <v>2017</v>
       </c>
       <c r="F7">
         <v>58</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>7</v>
       </c>
       <c r="C8" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D8" s="2">
         <v>44196</v>
       </c>
       <c r="E8" s="3">
         <v>2020</v>
       </c>
       <c r="F8">
         <v>57</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>6</v>
       </c>
       <c r="B9" t="s">
         <v>7</v>
       </c>
       <c r="C9" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D9" s="2">
         <v>44196</v>
       </c>
       <c r="E9" s="3">
         <v>2020</v>
       </c>
       <c r="F9">
         <v>56</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>7</v>
       </c>
       <c r="C10" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="2">
         <v>45291</v>
       </c>
       <c r="E10" s="3">
         <v>2023</v>
       </c>
       <c r="F10">
-        <v>51</v>
+        <v>43</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>7</v>
       </c>
       <c r="C11" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="2">
         <v>45291</v>
       </c>
       <c r="E11" s="3">
         <v>2023</v>
       </c>
       <c r="F11">
-        <v>43</v>
+        <v>51</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>6</v>
       </c>
       <c r="B12" t="s">
         <v>7</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="2">
         <v>41639</v>
       </c>
       <c r="E12" s="3">
         <v>2013</v>
       </c>
       <c r="F12">
         <v>69</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>6</v>