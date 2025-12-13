--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -518,160 +518,160 @@
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="2">
         <v>42369</v>
       </c>
       <c r="E5" s="3">
         <v>2015</v>
       </c>
       <c r="F5">
         <v>11</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>7</v>
       </c>
       <c r="C6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D6" s="2">
         <v>43100</v>
       </c>
       <c r="E6" s="3">
         <v>2017</v>
       </c>
       <c r="F6">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D7" s="2">
         <v>43100</v>
       </c>
       <c r="E7" s="3">
         <v>2017</v>
       </c>
       <c r="F7">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>7</v>
       </c>
       <c r="C8" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="2">
         <v>44196</v>
       </c>
       <c r="E8" s="3">
         <v>2020</v>
       </c>
       <c r="F8">
         <v>29</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>6</v>
       </c>
       <c r="B9" t="s">
         <v>7</v>
       </c>
       <c r="C9" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="2">
         <v>44196</v>
       </c>
       <c r="E9" s="3">
         <v>2020</v>
       </c>
       <c r="F9">
         <v>20</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>7</v>
       </c>
       <c r="C10" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D10" s="2">
         <v>45291</v>
       </c>
       <c r="E10" s="3">
         <v>2023</v>
       </c>
       <c r="F10">
-        <v>44</v>
+        <v>41</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>7</v>
       </c>
       <c r="C11" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D11" s="2">
         <v>45291</v>
       </c>
       <c r="E11" s="3">
         <v>2023</v>
       </c>
       <c r="F11">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>6</v>
       </c>
       <c r="B12" t="s">
         <v>7</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="2">
         <v>41639</v>
       </c>
       <c r="E12" s="3">
         <v>2013</v>
       </c>
       <c r="F12">
         <v>17</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>6</v>