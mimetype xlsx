--- v1 (2025-12-13)
+++ v2 (2026-02-22)
@@ -558,120 +558,120 @@
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="2">
         <v>43100</v>
       </c>
       <c r="E7" s="3">
         <v>2017</v>
       </c>
       <c r="F7">
         <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>7</v>
       </c>
       <c r="C8" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D8" s="2">
         <v>44196</v>
       </c>
       <c r="E8" s="3">
         <v>2020</v>
       </c>
       <c r="F8">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>6</v>
       </c>
       <c r="B9" t="s">
         <v>7</v>
       </c>
       <c r="C9" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D9" s="2">
         <v>44196</v>
       </c>
       <c r="E9" s="3">
         <v>2020</v>
       </c>
       <c r="F9">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>7</v>
       </c>
       <c r="C10" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D10" s="2">
         <v>45291</v>
       </c>
       <c r="E10" s="3">
         <v>2023</v>
       </c>
       <c r="F10">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>7</v>
       </c>
       <c r="C11" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D11" s="2">
         <v>45291</v>
       </c>
       <c r="E11" s="3">
         <v>2023</v>
       </c>
       <c r="F11">
-        <v>44</v>
+        <v>41</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>6</v>
       </c>
       <c r="B12" t="s">
         <v>7</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="2">
         <v>41639</v>
       </c>
       <c r="E12" s="3">
         <v>2013</v>
       </c>
       <c r="F12">
         <v>17</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>6</v>